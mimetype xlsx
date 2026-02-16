--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25831"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\DanishJaved\Documents\Side Projects From People\Swapna Thatikonda\2022\DRL for the 2022 Tax Year\Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://trten-my.sharepoint.com/personal/corey_chan_thomsonreuters_com/Documents/Documents/updated PDFs/Forms covered for each Tax Software/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D37247B9-C5EC-45DC-8AA3-CD56E9A79FCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{D37247B9-C5EC-45DC-8AA3-CD56E9A79FCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6C051B68-7D94-402F-BD57-41B80B84DD99}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{9DC592FF-6AA4-4F65-AE67-BEF37C1C009A}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9DC592FF-6AA4-4F65-AE67-BEF37C1C009A}"/>
   </bookViews>
   <sheets>
     <sheet name="1040 - ProSystemfx - CCH Axcess" sheetId="1" r:id="rId1"/>
     <sheet name="1041 - ProSystemfx - CCH Axcess" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="505">
@@ -1646,91 +1646,91 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1792,51 +1792,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1934,2710 +1934,2711 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BBD94A1-3C7E-45E5-BA18-42381A08E70A}">
   <dimension ref="A1:A377"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="88.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="3" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="59" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="70" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="72" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="74" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="77" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="79" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="81" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="82" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="83" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="84" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="85" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="86" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="87" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="88" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="89" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="90" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="91" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="92" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="93" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="94" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="95" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="96" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="97" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="98" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="99" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="100" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="101" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="102" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="103" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="104" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="107" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="108" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="109" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="110" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="111" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="112" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="113" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="114" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="115" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="117" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="118" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="119" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="120" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="121" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="122" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="123" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="124" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="125" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="126" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="127" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="128" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="129" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="130" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="131" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="132" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="133" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="134" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="135" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="139" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="140" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="141" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="145" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="146" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="147" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="148" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A148" s="1" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="149" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A149" s="1" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="150" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A150" s="1" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="151" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A151" s="1" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="152" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A152" s="1" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="153" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="154" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="155" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="158" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="159" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="160" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="161" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="162" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="164" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="165" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="166" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="168" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="169" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="170" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="171" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="172" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="173" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="174" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="175" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="176" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="177" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="178" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="179" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="180" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="181" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="182" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="184" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="185" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="186" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="187" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="188" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="189" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="190" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="193" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="194" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="195" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="196" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="197" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="198" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="199" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="200" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="201" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="202" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="203" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="204" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="205" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="206" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="207" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="208" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="209" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="210" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="211" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="212" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A212" s="1" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="213" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A213" s="1" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="214" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A214" s="1" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="215" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A215" s="1" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="216" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A216" s="1" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="217" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A217" s="1" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="218" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A218" s="1" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="219" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A219" s="1" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="220" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A220" s="1" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="221" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A221" s="1" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="222" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A222" s="1" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="223" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A223" s="1" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="224" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A224" s="1" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="225" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A225" s="1" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="226" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A226" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="227" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A227" s="1" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="228" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A228" s="1" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="229" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A229" s="1" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="230" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A230" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="231" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A231" s="1" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="232" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A232" s="1" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="233" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A233" s="1" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="234" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A234" s="1" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="235" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A235" s="1" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="236" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A236" s="1" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="237" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A237" s="1" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="238" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A238" s="1" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="239" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A239" s="1" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="240" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A240" s="1" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="241" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A241" s="1" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="242" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A242" s="1" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="243" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A243" s="1" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="244" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A244" s="1" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="245" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A245" s="1" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="246" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A246" s="1" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="247" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A247" s="1" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="248" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A248" s="1" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="249" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A249" s="1" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="250" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A250" s="1" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="251" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A251" s="1" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="252" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A252" s="1" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="253" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A253" s="1" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="254" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A254" s="1" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="255" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A255" s="1" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="256" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A256" s="1" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="257" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A257" s="1" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="258" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A258" s="1" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="259" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A259" s="1" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="260" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A260" s="1" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="261" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A261" s="1" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="262" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A262" s="1" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="263" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A263" s="1" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="264" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A264" s="1" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="265" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A265" s="1" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="266" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A266" s="1" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="267" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A267" s="1" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="268" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A268" s="1" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="269" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A269" s="1" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="270" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A270" s="1" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="271" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A271" s="1" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="272" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A272" s="1" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="273" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A273" s="1" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="274" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A274" s="1" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="275" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A275" s="1" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="276" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A276" s="1" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="277" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A277" s="1" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="278" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A278" s="1" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="279" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A279" s="1" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="280" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A280" s="1" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="281" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A281" s="1" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="282" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A282" s="1" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="283" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A283" s="1" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="284" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A284" s="1" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="285" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A285" s="1" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="286" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A286" s="1" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="287" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A287" s="1" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="288" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A288" s="1" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="289" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A289" s="1" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="290" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A290" s="1" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="291" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A291" s="1" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="292" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A292" s="1" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="293" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A293" s="1" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="294" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A294" s="1" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="295" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A295" s="1" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="296" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A296" s="1" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="297" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A297" s="1" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="298" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A298" s="1" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="299" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A299" s="1" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="300" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A300" s="1" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="301" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A301" s="1" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="302" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A302" s="1" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="303" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A303" s="1" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="304" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A304" s="1" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="305" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A305" s="1" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="306" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A306" s="1" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="307" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A307" s="1" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="308" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A308" s="1" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="309" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A309" s="1" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="310" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A310" s="1" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="311" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A311" s="1" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="312" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A312" s="1" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="313" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A313" s="1" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="314" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A314" s="1" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="315" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A315" s="1" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="316" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A316" s="1" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="317" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A317" s="1" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="318" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A318" s="1" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="319" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A319" s="1" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="320" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A320" s="1" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="321" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A321" s="1" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="322" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A322" s="1" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="323" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A323" s="1" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="324" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A324" s="1" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="325" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A325" s="1" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="326" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A326" s="1" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="327" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A327" s="1" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="328" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A328" s="1" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="329" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A329" s="1" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="330" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A330" s="1" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="331" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A331" s="1" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="332" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A332" s="1" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="333" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A333" s="1" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="334" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A334" s="1" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="335" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A335" s="1" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="336" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A336" s="1" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="337" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A337" s="1" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="338" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A338" s="1" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="339" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A339" s="1" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="340" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A340" s="1" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="341" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A341" s="1" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="342" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A342" s="1" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="343" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A343" s="1" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="344" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A344" s="1" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="345" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A345" s="1" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="346" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A346" s="1" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="347" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A347" s="1" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="348" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A348" s="1" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="349" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A349" s="1" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="350" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A350" s="1" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="351" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A351" s="1" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="352" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A352" s="1" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="353" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A353" s="1" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="354" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A354" s="1" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="355" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A355" s="1" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="356" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A356" s="1" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="357" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A357" s="1" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="358" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A358" s="1" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="359" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A359" s="1" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="360" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A360" s="1" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="361" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A361" s="1" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="362" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A362" s="1" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="363" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A363" s="1" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="364" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A364" s="1" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="365" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A365" s="1" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="366" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A366" s="1" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="367" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A367" s="1" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="368" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A368" s="1" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="369" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A369" s="1" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="370" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A370" s="1" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="371" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A371" s="1" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="372" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A372" s="1" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="373" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A373" s="1" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="374" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A374" s="1" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="375" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A375" s="1" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="376" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A376" s="1"/>
     </row>
-    <row r="377" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A377" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C240460-D233-48CE-84DF-B01A0A770866}">
   <dimension ref="A1:A144"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="71.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="71.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="3" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
         <v>398</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
         <v>401</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="59" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
         <v>422</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="70" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="72" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="74" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="77" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
         <v>435</v>
       </c>
     </row>
-    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="79" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="81" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
         <v>439</v>
       </c>
     </row>
-    <row r="82" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="83" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="84" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="85" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="86" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="87" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="88" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="89" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="90" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="91" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="92" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="93" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="94" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="95" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="96" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="97" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="98" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="99" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="100" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="101" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="102" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="103" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="104" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
         <v>464</v>
       </c>
     </row>
-    <row r="107" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
         <v>465</v>
       </c>
     </row>
-    <row r="108" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="109" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="110" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="111" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
         <v>469</v>
       </c>
     </row>
-    <row r="112" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="113" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="114" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
         <v>472</v>
       </c>
     </row>
-    <row r="115" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="117" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="118" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="119" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="120" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="121" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="122" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="123" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="124" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="125" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="126" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="127" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="128" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="129" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="130" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="131" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="132" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="133" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="134" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="135" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A138" s="2" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="139" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A139" s="2" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="140" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A140" s="2" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="141" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A141" s="2" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
         <v>502</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1040 - ProSystemfx - CCH Axcess</vt:lpstr>
       <vt:lpstr>1041 - ProSystemfx - CCH Axcess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Hardik Panchal</dc:creator>
+  <dc:title>Form Coverage for CCH Axcess Tax and ProSystem Fx 1040 and 1041</dc:title>
+  <dc:creator>Thomson Reuters</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>