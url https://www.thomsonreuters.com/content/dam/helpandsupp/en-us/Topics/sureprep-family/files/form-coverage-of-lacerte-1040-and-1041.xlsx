--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25831"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\DanishJaved\Documents\Side Projects From People\Swapna Thatikonda\2022\DRL for the 2022 Tax Year\Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://trten-my.sharepoint.com/personal/corey_chan_thomsonreuters_com/Documents/Documents/updated PDFs/Forms covered for each Tax Software/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23CB1073-E913-42E2-ADD7-98309DCC07B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{23CB1073-E913-42E2-ADD7-98309DCC07B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0509778E-4F3E-4E65-A694-50B1910257F2}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{8F550FC2-0ED8-4B48-A268-FBCFA92F5E72}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{8F550FC2-0ED8-4B48-A268-FBCFA92F5E72}"/>
   </bookViews>
   <sheets>
     <sheet name="1040 Lacerte" sheetId="1" r:id="rId1"/>
     <sheet name="1041 Lacerte" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="263">
@@ -904,91 +904,91 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1050,51 +1050,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1192,1462 +1192,1463 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8AABEBE-9B31-4EAF-8BCA-B56D04918DB8}">
   <dimension ref="A1:A213"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="92.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="2" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="59" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="70" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="72" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="74" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="77" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="79" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="81" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="82" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="83" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="84" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="85" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="86" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="87" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="88" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="89" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="90" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="91" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="92" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="93" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="94" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="95" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="96" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="97" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="98" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="99" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="100" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="101" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="102" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="103" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="104" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="107" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="108" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="109" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="110" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="111" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="112" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="113" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="114" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="115" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="117" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="118" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="119" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="120" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="121" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="122" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="123" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="124" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="125" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="126" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="127" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="128" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="129" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="130" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="131" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="132" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="133" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="134" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="135" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="139" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="140" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="141" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="145" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="146" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="147" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="148" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="149" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="150" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A150" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="151" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="152" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A152" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="153" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="154" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="155" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A156" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A157" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="158" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="159" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="160" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A160" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="161" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="162" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A162" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A163" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="164" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="165" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="166" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A166" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="168" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A168" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="169" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A169" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="170" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="171" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="172" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="173" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="174" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="175" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="176" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="177" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="178" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="179" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="180" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="181" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="182" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="184" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="185" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="186" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="187" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="188" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A188" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="189" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A189" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="190" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A190" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A191" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A192" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="193" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A193" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="194" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="195" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="196" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="197" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A197" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="198" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A198" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="199" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A199" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="200" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A200" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="201" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A201" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="202" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A202" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="203" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A203" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="204" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A204" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="205" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A205" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="206" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A206" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="207" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A207" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="208" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A208" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="209" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A209" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="210" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A210" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="211" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A211" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="212" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A212" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="213" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A213" t="s">
         <v>203</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{54549928-52FF-4975-9465-C371CB4EFE7B}">
   <dimension ref="A1:A58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="60.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="60.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="2" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
         <v>204</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1040 Lacerte</vt:lpstr>
       <vt:lpstr>1041 Lacerte</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Jignesh Sharma</dc:creator>
+  <dc:title>Form Coverage for Lacerte 1040 and 1041</dc:title>
+  <dc:creator>Thomson Reuters</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>