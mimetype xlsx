--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\6124078\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://trten-my.sharepoint.com/personal/corey_chan_thomsonreuters_com/Documents/Documents/updated PDFs/Live Sync Overview/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED01569F-F22A-4C7D-A5FD-8E417B1B6826}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{ED01569F-F22A-4C7D-A5FD-8E417B1B6826}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AB69E70F-60A5-4B7D-AF0A-E9008DB41575}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Active Issues" sheetId="1" r:id="rId1"/>
     <sheet name="Special Behaviors" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -610,91 +610,91 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -756,51 +756,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -898,51 +898,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="3" width="8.88671875" style="9"/>
     <col min="4" max="4" width="63.33203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="14.6640625" style="9" customWidth="1"/>
     <col min="6" max="6" width="18.5546875" style="9" customWidth="1"/>
     <col min="7" max="7" width="15.5546875" style="9" customWidth="1"/>
     <col min="8" max="9" width="14.6640625" style="9" customWidth="1"/>
     <col min="10" max="10" width="32.6640625" style="9" customWidth="1"/>
     <col min="11" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
@@ -1560,38 +1560,38 @@
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Active Issues</vt:lpstr>
       <vt:lpstr>Special Behaviors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>List of issues and special situations, 2024</dc:title>
   <dc:subject/>
-  <dc:creator>Gokhale, Soham (TR Product)</dc:creator>
+  <dc:creator>Thomson Reuters</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>