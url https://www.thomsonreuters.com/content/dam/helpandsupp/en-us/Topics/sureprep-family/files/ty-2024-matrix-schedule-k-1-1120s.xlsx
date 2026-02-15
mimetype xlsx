--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29512"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://trten-my.sharepoint.com/personal/rupesh_randeria_thomsonreuters_com/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://trten-my.sharepoint.com/personal/corey_chan_thomsonreuters_com/Documents/Documents/updated PDFs/Matrix of schedule K-1 data types/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="8_{F6960B9F-D2A5-4ECD-BB60-486C9691FC52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CEE9677A-E6AD-4562-8357-715D392898A5}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{F6960B9F-D2A5-4ECD-BB60-486C9691FC52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{08242977-65B5-4608-96F6-5EEA41664398}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3B193FE2-A111-46B7-A85B-FC1354AB8254}"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule 1120S_1040_2024" sheetId="2" r:id="rId1"/>
     <sheet name="Schedule 1120S_1041_2024" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Schedule 1120S_1040_2024'!$B$2:$F$168</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Schedule 1120S_1041_2024'!$B$2:$F$147</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -570,51 +570,51 @@
   </si>
   <si>
     <t>Line 17AA - Excess taxable income</t>
   </si>
   <si>
     <t>Line 17AB - Excess business interest income</t>
   </si>
   <si>
     <t>Line 17AN - Farming and fishing income</t>
   </si>
   <si>
     <t>Line 17ZZ - Other information</t>
   </si>
   <si>
     <t>Supplimental K-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1121,5405 +1121,5426 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48E3C0B1-B5AA-41B8-B0FC-F51C582E01A6}">
   <sheetPr>
     <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B2:F168"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="4.85546875" style="5" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="153.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="4.88671875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="153.109375" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="3" customWidth="1"/>
-    <col min="5" max="5" width="13.85546875" style="3" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="3"/>
+    <col min="5" max="5" width="13.88671875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="9.109375" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6">
+    <row r="2" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="2:6">
+    <row r="3" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B3" s="9">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="2:6">
+    <row r="4" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B4" s="9">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="2:6">
+    <row r="5" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B5" s="9">
         <v>3</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="6" spans="2:6">
+    <row r="6" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B6" s="9">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="2:6">
+    <row r="7" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B7" s="9">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="2:6">
+    <row r="8" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B8" s="9">
         <v>6</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="2:6">
+    <row r="9" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B9" s="9">
         <v>7</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="2:6">
+    <row r="10" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B10" s="9">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="2:6">
+    <row r="11" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B11" s="9">
         <v>9</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="2:6">
+    <row r="12" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B12" s="9">
         <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="2:6">
+    <row r="13" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B13" s="9">
         <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="2:6">
+    <row r="14" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B14" s="9">
         <v>12</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="15" spans="2:6">
+    <row r="15" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B15" s="9">
         <v>13</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="2:6">
+    <row r="16" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B16" s="9">
         <v>14</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="17" spans="2:6">
+    <row r="17" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B17" s="9">
         <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="18" spans="2:6">
+    <row r="18" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B18" s="9">
         <v>16</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="19" spans="2:6">
+    <row r="19" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B19" s="9">
         <v>17</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="20" spans="2:6">
+    <row r="20" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B20" s="9">
         <v>18</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="2:6">
+    <row r="21" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B21" s="9">
         <v>19</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="22" spans="2:6">
+    <row r="22" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B22" s="9">
         <v>20</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="23" spans="2:6">
+    <row r="23" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B23" s="9">
         <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="24" spans="2:6">
+    <row r="24" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B24" s="9">
         <v>22</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="25" spans="2:6">
+    <row r="25" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B25" s="9">
         <v>23</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="26" spans="2:6">
+    <row r="26" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B26" s="9">
         <v>24</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="27" spans="2:6">
+    <row r="27" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B27" s="9">
         <v>25</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="28" spans="2:6">
+    <row r="28" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B28" s="9">
         <v>26</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="29" spans="2:6">
+    <row r="29" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B29" s="9">
         <v>27</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="30" spans="2:6">
+    <row r="30" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B30" s="9">
         <v>28</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="2:6">
+    <row r="31" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B31" s="9">
         <v>29</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="32" spans="2:6">
+    <row r="32" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B32" s="9">
         <v>30</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="33" spans="2:6">
+    <row r="33" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B33" s="9">
         <v>31</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="34" spans="2:6">
+    <row r="34" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B34" s="9">
         <v>32</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="35" spans="2:6">
+    <row r="35" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B35" s="9">
         <v>33</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="36" spans="2:6">
+    <row r="36" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B36" s="9">
         <v>34</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="37" spans="2:6">
+    <row r="37" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B37" s="9">
         <v>35</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="38" spans="2:6">
+    <row r="38" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B38" s="9">
         <v>36</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="39" spans="2:6">
+    <row r="39" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B39" s="9">
         <v>37</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="40" spans="2:6">
+    <row r="40" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B40" s="9">
         <v>38</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="41" spans="2:6">
+    <row r="41" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B41" s="9">
         <v>39</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="42" spans="2:6">
+    <row r="42" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B42" s="9">
         <v>40</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="43" spans="2:6">
+    <row r="43" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B43" s="9">
         <v>41</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="44" spans="2:6">
+    <row r="44" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B44" s="9">
         <v>42</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="45" spans="2:6">
+    <row r="45" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B45" s="9">
         <v>43</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="46" spans="2:6">
+    <row r="46" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B46" s="9">
         <v>44</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="47" spans="2:6">
+    <row r="47" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B47" s="9">
         <v>45</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="48" spans="2:6">
+    <row r="48" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B48" s="9">
         <v>46</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="49" spans="2:6">
+    <row r="49" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B49" s="9">
         <v>47</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="50" spans="2:6">
+    <row r="50" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B50" s="9">
         <v>48</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="51" spans="2:6">
+    <row r="51" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B51" s="9">
         <v>49</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="52" spans="2:6">
+    <row r="52" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B52" s="9">
         <v>50</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="53" spans="2:6">
+    <row r="53" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B53" s="9">
         <v>51</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="54" spans="2:6">
+    <row r="54" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B54" s="9">
         <v>52</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="55" spans="2:6">
+    <row r="55" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B55" s="9">
         <v>53</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="56" spans="2:6">
+    <row r="56" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B56" s="9">
         <v>54</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="57" spans="2:6">
+    <row r="57" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B57" s="9">
         <v>55</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="58" spans="2:6">
+    <row r="58" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B58" s="9">
         <v>56</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="59" spans="2:6">
+    <row r="59" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B59" s="9">
         <v>57</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="60" spans="2:6">
+    <row r="60" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B60" s="9">
         <v>58</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="61" spans="2:6">
+    <row r="61" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B61" s="9">
         <v>59</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="62" spans="2:6">
+    <row r="62" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B62" s="9">
         <v>60</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="63" spans="2:6">
+    <row r="63" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B63" s="9">
         <v>61</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F63" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="64" spans="2:6">
+    <row r="64" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B64" s="9">
         <v>62</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="65" spans="2:6">
+    <row r="65" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B65" s="9">
         <v>63</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="66" spans="2:6">
+    <row r="66" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B66" s="9">
         <v>64</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="67" spans="2:6">
+    <row r="67" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B67" s="9">
         <v>65</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="68" spans="2:6">
+    <row r="68" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B68" s="9">
         <v>66</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="69" spans="2:6">
+    <row r="69" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B69" s="9">
         <v>67</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="70" spans="2:6">
+    <row r="70" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B70" s="9">
         <v>68</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="71" spans="2:6">
+    <row r="71" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B71" s="9">
         <v>69</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="72" spans="2:6">
+    <row r="72" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B72" s="9">
         <v>70</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="73" spans="2:6">
+    <row r="73" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B73" s="9">
         <v>71</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="74" spans="2:6">
+    <row r="74" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B74" s="9">
         <v>72</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="75" spans="2:6">
+    <row r="75" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B75" s="9">
         <v>73</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="76" spans="2:6">
+    <row r="76" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B76" s="9">
         <v>74</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="77" spans="2:6">
+    <row r="77" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B77" s="9">
         <v>75</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="78" spans="2:6">
+    <row r="78" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B78" s="9">
         <v>76</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="79" spans="2:6">
+    <row r="79" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B79" s="9">
         <v>77</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="80" spans="2:6">
+    <row r="80" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B80" s="9">
         <v>78</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="81" spans="2:6">
+    <row r="81" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B81" s="9">
         <v>79</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="82" spans="2:6">
+    <row r="82" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B82" s="9">
         <v>80</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="83" spans="2:6">
+    <row r="83" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B83" s="9">
         <v>81</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="84" spans="2:6">
+    <row r="84" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B84" s="9">
         <v>82</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="85" spans="2:6">
+    <row r="85" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B85" s="9">
         <v>83</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="86" spans="2:6">
+    <row r="86" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B86" s="9">
         <v>84</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="87" spans="2:6">
+    <row r="87" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B87" s="9">
         <v>85</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="88" spans="2:6">
+    <row r="88" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B88" s="9">
         <v>86</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="89" spans="2:6">
+    <row r="89" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B89" s="9">
         <v>87</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="90" spans="2:6">
+    <row r="90" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B90" s="9">
         <v>88</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="91" spans="2:6">
+    <row r="91" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B91" s="9">
         <v>89</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="92" spans="2:6">
+    <row r="92" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B92" s="9">
         <v>90</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="93" spans="2:6">
+    <row r="93" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B93" s="9">
         <v>91</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="94" spans="2:6">
+    <row r="94" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B94" s="9">
         <v>92</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="95" spans="2:6">
+    <row r="95" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B95" s="9">
         <v>93</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="96" spans="2:6">
+    <row r="96" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B96" s="9">
         <v>94</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="97" spans="2:6">
+    <row r="97" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B97" s="9">
         <v>95</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="98" spans="2:6">
+    <row r="98" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B98" s="9">
         <v>96</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="99" spans="2:6">
+    <row r="99" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B99" s="9">
         <v>97</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F99" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="100" spans="2:6">
+    <row r="100" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B100" s="9">
         <v>98</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F100" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="101" spans="2:6">
+    <row r="101" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B101" s="9">
         <v>99</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="102" spans="2:6">
+    <row r="102" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B102" s="9">
         <v>100</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="103" spans="2:6">
+    <row r="103" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B103" s="9">
         <v>101</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F103" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="104" spans="2:6">
+    <row r="104" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B104" s="9">
         <v>102</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="105" spans="2:6">
+    <row r="105" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B105" s="9">
         <v>103</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="106" spans="2:6">
+    <row r="106" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B106" s="9">
         <v>104</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="107" spans="2:6">
+    <row r="107" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B107" s="9">
         <v>105</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F107" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="108" spans="2:6">
+    <row r="108" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B108" s="9">
         <v>106</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="109" spans="2:6">
+    <row r="109" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B109" s="9">
         <v>107</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="110" spans="2:6">
+    <row r="110" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B110" s="9">
         <v>108</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="111" spans="2:6">
+    <row r="111" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B111" s="9">
         <v>109</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="112" spans="2:6">
+    <row r="112" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B112" s="9">
         <v>110</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="113" spans="2:6">
+    <row r="113" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B113" s="9">
         <v>111</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F113" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="114" spans="2:6">
+    <row r="114" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B114" s="9">
         <v>112</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F114" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="115" spans="2:6">
+    <row r="115" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B115" s="9">
         <v>113</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F115" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="116" spans="2:6">
+    <row r="116" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B116" s="9">
         <v>114</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="117" spans="2:6">
+    <row r="117" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B117" s="9">
         <v>115</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F117" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="118" spans="2:6">
+    <row r="118" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B118" s="9">
         <v>116</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F118" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="119" spans="2:6">
+    <row r="119" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B119" s="9">
         <v>117</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F119" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="120" spans="2:6">
+    <row r="120" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B120" s="9">
         <v>118</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F120" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="121" spans="2:6">
+    <row r="121" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B121" s="9">
         <v>119</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="122" spans="2:6">
+    <row r="122" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B122" s="9">
         <v>120</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F122" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="123" spans="2:6">
+    <row r="123" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B123" s="9">
         <v>121</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F123" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="124" spans="2:6">
+    <row r="124" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B124" s="9">
         <v>122</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F124" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="125" spans="2:6">
+    <row r="125" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B125" s="9">
         <v>123</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F125" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="126" spans="2:6">
+    <row r="126" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B126" s="9">
         <v>124</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="127" spans="2:6">
+    <row r="127" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B127" s="9">
         <v>125</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F127" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="128" spans="2:6">
+    <row r="128" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B128" s="9">
         <v>126</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="129" spans="2:6">
+    <row r="129" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B129" s="9">
         <v>127</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F129" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="130" spans="2:6">
+    <row r="130" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B130" s="9">
         <v>128</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F130" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="131" spans="2:6">
+    <row r="131" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B131" s="9">
         <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="132" spans="2:6">
+    <row r="132" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B132" s="9">
         <v>130</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F132" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="133" spans="2:6">
+    <row r="133" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B133" s="9">
         <v>131</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F133" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="134" spans="2:6">
+    <row r="134" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B134" s="9">
         <v>132</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F134" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="135" spans="2:6">
+    <row r="135" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B135" s="9">
         <v>133</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="136" spans="2:6">
+    <row r="136" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B136" s="9">
         <v>134</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="137" spans="2:6">
+    <row r="137" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B137" s="9">
         <v>135</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F137" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="138" spans="2:6">
+    <row r="138" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B138" s="9">
         <v>136</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F138" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="139" spans="2:6">
+    <row r="139" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B139" s="9">
         <v>137</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F139" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="140" spans="2:6">
+    <row r="140" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B140" s="9">
         <v>138</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F140" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="141" spans="2:6">
+    <row r="141" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B141" s="9">
         <v>139</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="142" spans="2:6">
+    <row r="142" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B142" s="9">
         <v>140</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F142" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="143" spans="2:6">
+    <row r="143" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B143" s="9">
         <v>141</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F143" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="144" spans="2:6">
+    <row r="144" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B144" s="9">
         <v>142</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F144" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="145" spans="2:6">
+    <row r="145" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B145" s="9">
         <v>143</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F145" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="146" spans="2:6">
+    <row r="146" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B146" s="9">
         <v>144</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="147" spans="2:6">
+    <row r="147" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B147" s="9">
         <v>145</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F147" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="148" spans="2:6">
+    <row r="148" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B148" s="9">
         <v>146</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F148" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="149" spans="2:6">
+    <row r="149" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B149" s="9">
         <v>147</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F149" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="150" spans="2:6">
+    <row r="150" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B150" s="9">
         <v>148</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F150" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="151" spans="2:6">
+    <row r="151" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B151" s="9">
         <v>149</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="152" spans="2:6">
+    <row r="152" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B152" s="9">
         <v>150</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F152" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="153" spans="2:6">
+    <row r="153" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B153" s="9">
         <v>151</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F153" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="154" spans="2:6">
+    <row r="154" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B154" s="9">
         <v>152</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F154" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="155" spans="2:6">
+    <row r="155" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B155" s="9">
         <v>153</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F155" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="156" spans="2:6">
+    <row r="156" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B156" s="9">
         <v>154</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="157" spans="2:6">
+    <row r="157" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B157" s="9">
         <v>155</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F157" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="158" spans="2:6">
+    <row r="158" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B158" s="9">
         <v>156</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F158" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="159" spans="2:6">
+    <row r="159" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B159" s="9">
         <v>157</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="160" spans="2:6">
+    <row r="160" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B160" s="9">
         <v>158</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F160" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="161" spans="2:6">
+    <row r="161" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B161" s="9">
         <v>159</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F161" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="162" spans="2:6">
+    <row r="162" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B162" s="9">
         <v>160</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F162" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="163" spans="2:6">
+    <row r="163" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B163" s="9">
         <v>161</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F163" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="164" spans="2:6">
+    <row r="164" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B164" s="9">
         <v>162</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F164" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="165" spans="2:6">
+    <row r="165" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B165" s="9">
         <v>163</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F165" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="166" spans="2:6">
+    <row r="166" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B166" s="9">
         <v>164</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F166" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="167" spans="2:6">
+    <row r="167" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B167" s="9">
         <v>165</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F167" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="168" spans="2:6">
+    <row r="168" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B168" s="11">
         <v>166</v>
       </c>
       <c r="C168" s="12" t="s">
         <v>172</v>
       </c>
       <c r="D168" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E168" s="13" t="s">
         <v>6</v>
       </c>
       <c r="F168" s="14" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D2E1054-9246-4B86-B6A2-10B111562979}">
   <sheetPr>
     <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B2:F147"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="3" max="3" width="139.28515625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="139.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6">
+    <row r="2" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>173</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="2:6">
+    <row r="3" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B3" s="9">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="2:6">
+    <row r="4" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B4" s="9">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="2:6">
+    <row r="5" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B5" s="9">
         <v>3</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="6" spans="2:6">
+    <row r="6" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B6" s="9">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="2:6">
+    <row r="7" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B7" s="9">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="2:6">
+    <row r="8" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B8" s="9">
         <v>6</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="2:6">
+    <row r="9" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B9" s="9">
         <v>7</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="2:6">
+    <row r="10" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B10" s="9">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="2:6">
+    <row r="11" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B11" s="9">
         <v>9</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="2:6">
+    <row r="12" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B12" s="9">
         <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="2:6">
+    <row r="13" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B13" s="9">
         <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="2:6">
+    <row r="14" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B14" s="9">
         <v>12</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="2:6">
+    <row r="15" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B15" s="9">
         <v>13</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="2:6">
+    <row r="16" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B16" s="9">
         <v>14</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="17" spans="2:6">
+    <row r="17" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B17" s="9">
         <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="18" spans="2:6">
+    <row r="18" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B18" s="9">
         <v>16</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="19" spans="2:6">
+    <row r="19" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B19" s="9">
         <v>17</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="20" spans="2:6">
+    <row r="20" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B20" s="9">
         <v>18</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="2:6">
+    <row r="21" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B21" s="9">
         <v>19</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="22" spans="2:6">
+    <row r="22" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B22" s="9">
         <v>20</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="23" spans="2:6">
+    <row r="23" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B23" s="9">
         <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="24" spans="2:6">
+    <row r="24" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B24" s="9">
         <v>22</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="25" spans="2:6">
+    <row r="25" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B25" s="9">
         <v>23</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="26" spans="2:6">
+    <row r="26" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B26" s="9">
         <v>24</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="27" spans="2:6">
+    <row r="27" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B27" s="9">
         <v>25</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="28" spans="2:6">
+    <row r="28" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B28" s="9">
         <v>26</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="29" spans="2:6">
+    <row r="29" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B29" s="9">
         <v>27</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="30" spans="2:6">
+    <row r="30" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B30" s="9">
         <v>28</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="2:6">
+    <row r="31" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B31" s="9">
         <v>29</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="32" spans="2:6">
+    <row r="32" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B32" s="9">
         <v>30</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="33" spans="2:6">
+    <row r="33" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B33" s="9">
         <v>31</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="34" spans="2:6">
+    <row r="34" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B34" s="9">
         <v>32</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="35" spans="2:6">
+    <row r="35" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B35" s="9">
         <v>33</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="36" spans="2:6">
+    <row r="36" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B36" s="9">
         <v>34</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="37" spans="2:6">
+    <row r="37" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B37" s="9">
         <v>35</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="38" spans="2:6">
+    <row r="38" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B38" s="9">
         <v>36</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="39" spans="2:6">
+    <row r="39" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B39" s="9">
         <v>37</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="40" spans="2:6">
+    <row r="40" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B40" s="9">
         <v>38</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="41" spans="2:6">
+    <row r="41" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B41" s="9">
         <v>39</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="42" spans="2:6">
+    <row r="42" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B42" s="9">
         <v>40</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="43" spans="2:6">
+    <row r="43" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B43" s="9">
         <v>41</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="44" spans="2:6">
+    <row r="44" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B44" s="9">
         <v>42</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="45" spans="2:6">
+    <row r="45" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B45" s="9">
         <v>43</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="46" spans="2:6">
+    <row r="46" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B46" s="9">
         <v>44</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="47" spans="2:6">
+    <row r="47" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B47" s="9">
         <v>45</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="48" spans="2:6">
+    <row r="48" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B48" s="9">
         <v>46</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="49" spans="2:6">
+    <row r="49" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B49" s="9">
         <v>47</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="50" spans="2:6">
+    <row r="50" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B50" s="9">
         <v>48</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="51" spans="2:6">
+    <row r="51" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B51" s="9">
         <v>49</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="52" spans="2:6">
+    <row r="52" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B52" s="9">
         <v>50</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="53" spans="2:6">
+    <row r="53" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B53" s="9">
         <v>51</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="54" spans="2:6">
+    <row r="54" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B54" s="9">
         <v>52</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="55" spans="2:6">
+    <row r="55" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B55" s="9">
         <v>53</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="56" spans="2:6">
+    <row r="56" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B56" s="9">
         <v>54</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="57" spans="2:6">
+    <row r="57" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B57" s="9">
         <v>55</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="58" spans="2:6">
+    <row r="58" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B58" s="9">
         <v>56</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="59" spans="2:6">
+    <row r="59" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B59" s="9">
         <v>57</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="60" spans="2:6">
+    <row r="60" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B60" s="9">
         <v>58</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="61" spans="2:6">
+    <row r="61" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B61" s="9">
         <v>59</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="62" spans="2:6">
+    <row r="62" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B62" s="9">
         <v>60</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="63" spans="2:6">
+    <row r="63" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B63" s="9">
         <v>61</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F63" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="64" spans="2:6">
+    <row r="64" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B64" s="9">
         <v>62</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="65" spans="2:6">
+    <row r="65" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B65" s="9">
         <v>63</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="66" spans="2:6">
+    <row r="66" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B66" s="9">
         <v>64</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="67" spans="2:6">
+    <row r="67" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B67" s="9">
         <v>65</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="68" spans="2:6">
+    <row r="68" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B68" s="9">
         <v>66</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="69" spans="2:6">
+    <row r="69" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B69" s="9">
         <v>67</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="70" spans="2:6">
+    <row r="70" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B70" s="9">
         <v>68</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="71" spans="2:6">
+    <row r="71" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B71" s="9">
         <v>69</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="72" spans="2:6">
+    <row r="72" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B72" s="9">
         <v>70</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="73" spans="2:6">
+    <row r="73" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B73" s="9">
         <v>71</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="74" spans="2:6">
+    <row r="74" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B74" s="9">
         <v>72</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="75" spans="2:6">
+    <row r="75" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B75" s="9">
         <v>73</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="76" spans="2:6">
+    <row r="76" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B76" s="9">
         <v>74</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="77" spans="2:6">
+    <row r="77" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B77" s="9">
         <v>75</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="78" spans="2:6">
+    <row r="78" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B78" s="9">
         <v>76</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="79" spans="2:6">
+    <row r="79" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B79" s="9">
         <v>77</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="80" spans="2:6">
+    <row r="80" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B80" s="9">
         <v>78</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="81" spans="2:6">
+    <row r="81" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B81" s="9">
         <v>79</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="82" spans="2:6">
+    <row r="82" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B82" s="9">
         <v>80</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="83" spans="2:6">
+    <row r="83" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B83" s="9">
         <v>81</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="84" spans="2:6">
+    <row r="84" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B84" s="9">
         <v>82</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="85" spans="2:6">
+    <row r="85" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B85" s="9">
         <v>83</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="86" spans="2:6">
+    <row r="86" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B86" s="9">
         <v>84</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="87" spans="2:6">
+    <row r="87" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B87" s="9">
         <v>85</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="88" spans="2:6">
+    <row r="88" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B88" s="9">
         <v>86</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="89" spans="2:6">
+    <row r="89" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B89" s="9">
         <v>87</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="90" spans="2:6">
+    <row r="90" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B90" s="9">
         <v>88</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="91" spans="2:6">
+    <row r="91" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B91" s="9">
         <v>89</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="92" spans="2:6">
+    <row r="92" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B92" s="9">
         <v>90</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="93" spans="2:6">
+    <row r="93" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B93" s="9">
         <v>91</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="94" spans="2:6">
+    <row r="94" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B94" s="9">
         <v>92</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="95" spans="2:6">
+    <row r="95" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B95" s="9">
         <v>93</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="96" spans="2:6">
+    <row r="96" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B96" s="9">
         <v>94</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="97" spans="2:6">
+    <row r="97" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B97" s="9">
         <v>95</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="98" spans="2:6">
+    <row r="98" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B98" s="9">
         <v>96</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="99" spans="2:6">
+    <row r="99" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B99" s="9">
         <v>97</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F99" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="100" spans="2:6">
+    <row r="100" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B100" s="9">
         <v>98</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F100" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="101" spans="2:6">
+    <row r="101" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B101" s="9">
         <v>99</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="102" spans="2:6">
+    <row r="102" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B102" s="9">
         <v>100</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="103" spans="2:6">
+    <row r="103" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B103" s="9">
         <v>101</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F103" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="104" spans="2:6">
+    <row r="104" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B104" s="9">
         <v>102</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="105" spans="2:6">
+    <row r="105" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B105" s="9">
         <v>103</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="106" spans="2:6">
+    <row r="106" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B106" s="9">
         <v>104</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="107" spans="2:6">
+    <row r="107" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B107" s="9">
         <v>105</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F107" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="108" spans="2:6">
+    <row r="108" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B108" s="9">
         <v>106</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="109" spans="2:6">
+    <row r="109" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B109" s="9">
         <v>107</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="110" spans="2:6">
+    <row r="110" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B110" s="9">
         <v>108</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="111" spans="2:6">
+    <row r="111" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B111" s="9">
         <v>109</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="112" spans="2:6">
+    <row r="112" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B112" s="9">
         <v>110</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="113" spans="2:6">
+    <row r="113" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B113" s="9">
         <v>111</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F113" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="114" spans="2:6">
+    <row r="114" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B114" s="9">
         <v>112</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F114" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="115" spans="2:6">
+    <row r="115" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B115" s="9">
         <v>113</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F115" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="116" spans="2:6">
+    <row r="116" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B116" s="9">
         <v>114</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="117" spans="2:6">
+    <row r="117" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B117" s="9">
         <v>115</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F117" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="118" spans="2:6">
+    <row r="118" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B118" s="9">
         <v>116</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F118" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="119" spans="2:6">
+    <row r="119" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B119" s="9">
         <v>117</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F119" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="120" spans="2:6">
+    <row r="120" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B120" s="9">
         <v>118</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F120" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="121" spans="2:6">
+    <row r="121" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B121" s="9">
         <v>119</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="122" spans="2:6">
+    <row r="122" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B122" s="9">
         <v>120</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F122" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="123" spans="2:6">
+    <row r="123" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B123" s="9">
         <v>121</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F123" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="124" spans="2:6">
+    <row r="124" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B124" s="9">
         <v>122</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F124" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="125" spans="2:6">
+    <row r="125" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B125" s="9">
         <v>123</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F125" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="126" spans="2:6">
+    <row r="126" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B126" s="9">
         <v>124</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="127" spans="2:6">
+    <row r="127" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B127" s="9">
         <v>125</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F127" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="128" spans="2:6">
+    <row r="128" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B128" s="9">
         <v>126</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="129" spans="2:6">
+    <row r="129" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B129" s="9">
         <v>127</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F129" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="130" spans="2:6">
+    <row r="130" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B130" s="9">
         <v>128</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F130" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="131" spans="2:6">
+    <row r="131" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B131" s="9">
         <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="132" spans="2:6">
+    <row r="132" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B132" s="9">
         <v>130</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F132" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="133" spans="2:6">
+    <row r="133" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B133" s="9">
         <v>131</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F133" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="134" spans="2:6">
+    <row r="134" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B134" s="9">
         <v>132</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F134" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="135" spans="2:6">
+    <row r="135" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B135" s="9">
         <v>133</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="136" spans="2:6">
+    <row r="136" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B136" s="9">
         <v>134</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="137" spans="2:6">
+    <row r="137" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B137" s="9">
         <v>135</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F137" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="138" spans="2:6">
+    <row r="138" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B138" s="9">
         <v>136</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F138" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="139" spans="2:6">
+    <row r="139" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B139" s="9">
         <v>137</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F139" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="140" spans="2:6">
+    <row r="140" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B140" s="9">
         <v>138</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F140" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="141" spans="2:6">
+    <row r="141" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B141" s="9">
         <v>139</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="142" spans="2:6">
+    <row r="142" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B142" s="9">
         <v>140</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F142" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="143" spans="2:6">
+    <row r="143" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B143" s="9">
         <v>141</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F143" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="144" spans="2:6">
+    <row r="144" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B144" s="9">
         <v>142</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F144" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="145" spans="2:6">
+    <row r="145" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B145" s="9">
         <v>143</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F145" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="146" spans="2:6">
+    <row r="146" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B146" s="9">
         <v>144</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="147" spans="2:6">
+    <row r="147" spans="2:6" x14ac:dyDescent="0.3">
       <c r="B147" s="11">
         <v>145</v>
       </c>
       <c r="C147" s="12" t="s">
         <v>172</v>
       </c>
       <c r="D147" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E147" s="13" t="s">
         <v>6</v>
       </c>
       <c r="F147" s="14" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Schedule 1120S_1040_2024</vt:lpstr>
+      <vt:lpstr>Schedule 1120S_1041_2024</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Matrix of Schedule K-1 1120S, tax year 2024</dc:title>
   <dc:subject/>
-  <dc:creator>Randeria, Rupesh (Operations &amp; Technology)</dc:creator>
+  <dc:creator>Thomson Reuters</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>